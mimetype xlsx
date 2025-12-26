--- v0 (2025-10-28)
+++ v1 (2025-12-26)
@@ -363,51 +363,55 @@
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>kerstentci2018@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B19" s="3"/>
+      <c r="B19" s="3" t="inlineStr">
+        <is>
+          <t>kerstentcischool.vn.ua</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Директор Динту Валентина Василівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>