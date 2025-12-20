--- v0 (2025-10-22)
+++ v1 (2025-12-20)
@@ -205,51 +205,51 @@
         <is>
           <t>так</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Скорочена назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>СШ № 7</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -321,51 +321,51 @@
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>(06453)6-38-51</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">