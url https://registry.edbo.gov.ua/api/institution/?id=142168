--- v1 (2025-12-20)
+++ v2 (2026-02-10)
@@ -333,95 +333,91 @@
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(06453)6-38-51</t>
+          <t>(099)4940658</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>edu.school7@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B19" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B19" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Директор Горбушина Ірина Вікторівна</t>
+          <t>В.о. директора Гавришова Наталія Федорівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>