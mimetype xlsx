--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -205,51 +205,51 @@
         <is>
           <t>так</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Скорочена назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>Вищесолоненська ЗОШ І-ІІ ст. - філія ООЗ "Борівська ЗОШ І-ІІІ ст. №1 імені Героя Радянського Союзу В.С. Колісника Борівської селищної ради"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>ліквідовано</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -321,51 +321,51 @@
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Харківська обл., Ізюмський р-н, с. Вище Солоне</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>Відділ освіти Борівської районної державної адміністрації Харківської області</t>
+          <t>Відділ з питань гуманітарної політики (освіта, культура, туризм, молоді та спорту) Борівської селищної ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>(066)8101219</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">