--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -333,51 +333,51 @@
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Департамент освіти Вінницької міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(0432)460621, (0432)560581</t>
+          <t>(0432)560621, (0432)560581</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>zso15@osvita.vmr.gov.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">