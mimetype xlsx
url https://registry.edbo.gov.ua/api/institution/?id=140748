--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -241,111 +241,111 @@
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>6510136300</t>
+          <t>6510165301</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Регіон</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Херсонська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>Херсон, Херсонська область</t>
+          <t>с-ще Молодіжне, Херсон, Херсонська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>вулиця Володимира Вернадського, 6</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>UA65100150010123057</t>
+          <t>UA65100150130059315</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
-          <t>Херсонська обл., м. Херсон</t>
+          <t>Херсонська обл., Херсонський р-н, с-ще Молодіжне</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Управління освіти Херсонської міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
@@ -353,65 +353,61 @@
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>(0552)361136</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>shkolacad40@ukr.net</t>
+          <t>gartenschul40@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B19" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B19" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Директор Васюніна Тетяна Павлівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>