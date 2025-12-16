--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -287,59 +287,67 @@
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>смт Довбиш, Баранівський район, Житомирська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
-      <c r="B12" s="3"/>
+      <c r="B12" s="3" t="inlineStr">
+        <is>
+          <t>UA18080090010071852</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
-      <c r="B13" s="3"/>
+      <c r="B13" s="3" t="inlineStr">
+        <is>
+          <t>Житомирська обл., Звягельський р-н, с-ще Довбиш</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, у справах сім`ї, молоді та спорту Довбиської селищної ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
@@ -365,51 +373,51 @@
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>dovbysh.school@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Директор Новіцька Валентина Іванівна</t>
+          <t>Директор Романчук Вадим Володимирович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>