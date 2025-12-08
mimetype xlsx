--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -277,51 +277,51 @@
         <is>
           <t>Житомирська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>с. Котлярка, Попільнянський район, Житомирська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Гагаріна, 10</t>
+          <t>вулиця Смогоржевського Івана, 10</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA18040390060054992</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, с. Котлярка</t>
         </is>
@@ -333,51 +333,51 @@
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Відділ освіти Попільнянської селищної ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(04137)71430</t>
+          <t>(068)0220486</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>school_kotlyarka@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">