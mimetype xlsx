--- v0 (2025-10-20)
+++ v1 (2026-03-17)
@@ -353,63 +353,63 @@
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>(03846)24628</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>shkola03zhen@i.ua</t>
+          <t>shkola03zhen@vinkivci-osvita.gov.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>http://jenschool.at.ua</t>
+          <t>https://zhenishkivtsi.e-schools.info/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Директор Пиріжок Ілона Вікторівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>