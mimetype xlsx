--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -217,51 +217,51 @@
         <is>
           <t>Бубнівський ліцей</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>6820981501</t>
         </is>
@@ -321,51 +321,51 @@
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Хмельницька обл., Хмельницький р-н, с. Бубнівка</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>Наркевицька селищна рада Волочиського району Хмельницької області</t>
+          <t>Наркевицька селищна рада Хмельницького району Хмельницької області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>(096)5331166</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">