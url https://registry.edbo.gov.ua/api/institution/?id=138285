--- v0 (2025-11-04)
+++ v1 (2025-12-28)
@@ -277,51 +277,51 @@
         <is>
           <t>Волинська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>смт Маневичі, Маневицький район, Волинська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Комарова, 6</t>
+          <t>вулиця Соборності, 6</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA07040050010044229</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Волинська обл., Камінь-Каширський р-н, с-ще Маневичі</t>
         </is>
@@ -365,51 +365,51 @@
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>manevychilicej1@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>http://manevychi-school1.edukit.volyn.ua/</t>
+          <t>https://man-school1.com.ua/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Директор Козачук Володимир Микитович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>