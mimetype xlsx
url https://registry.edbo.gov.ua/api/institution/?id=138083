--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -277,51 +277,51 @@
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>с. Кривець, Маньківський район, Черкаська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Гагаріна, 7 а</t>
+          <t>вулиця Центральна, 21</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA71060150050028613</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Черкаська обл., Уманський р-н, с. Кривець</t>
         </is>
@@ -353,51 +353,51 @@
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>(04748)75-5-54</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>krivec_sh@ukr.net</t>
+          <t>kriv.fil@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>http://kryvec.school.org.ua/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Завідувач філією Слюсаренко Оксана Іванівна</t>
         </is>