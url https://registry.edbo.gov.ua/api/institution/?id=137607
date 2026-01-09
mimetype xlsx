--- v0 (2025-10-30)
+++ v1 (2026-01-09)
@@ -241,175 +241,175 @@
         <is>
           <t>школа</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>1422088001</t>
+          <t>1411390001</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Регіон</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>с-ще Світле, Добропільський район, Донецька область</t>
+          <t>с. Світле, Мирноград, Донецька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 19-А</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>UA14160070150019086</t>
+          <t>UA14160150040095779</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
-          <t>Донецька обл., Покровський р-н, с-ще Світле</t>
+          <t>Донецька обл., Покровський р-н, с. Світле</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Відділ освіти Добропільської міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(095)3169784</t>
+          <t>(095)9121820</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>sve173@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>https://svitlivschool.klasna.com/</t>
+          <t>https://sites.google.com/view/svitlivska-zos123</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>В.о. директора Хатулева Вікторія Олександрівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>