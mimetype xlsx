--- v1 (2026-01-09)
+++ v2 (2026-03-12)
@@ -193,51 +193,51 @@
         <is>
           <t>137607</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>ОУО підтвердив дані</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Скорочена назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>Світлівська ЗОШ</t>
+          <t>опорний закклад "Світлівська ЗОШ І-ІІІ ступенів"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>школа</t>
         </is>