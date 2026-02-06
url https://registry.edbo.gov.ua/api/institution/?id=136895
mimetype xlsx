--- v0 (2025-10-20)
+++ v1 (2026-02-06)
@@ -277,51 +277,51 @@
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Ю.Смирнова, 28</t>
+          <t>вулиця Анастасії Рак, 28</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA12060170010643671</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>