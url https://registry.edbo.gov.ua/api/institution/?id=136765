--- v0 (2025-10-30)
+++ v1 (2026-01-09)
@@ -289,139 +289,139 @@
         <is>
           <t>с. Степанівка, Олександрівський район, Донецька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>вулиця Степова, 3</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>UA14120150150019189</t>
+          <t>UA14120050180099297</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Донецька обл., Краматорський р-н, с. Степанівка</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Новодонецької селищної ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(062)6924126</t>
+          <t>(066)0026123</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>stepanivska_shkola@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>https://stepanivska-shkola.e-schools.info/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Директор Чорний Віталій Володимирович</t>
+          <t>Директор Комісар Катерина Сергіївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>