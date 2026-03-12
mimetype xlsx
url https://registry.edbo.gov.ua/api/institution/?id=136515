--- v0 (2025-10-31)
+++ v1 (2026-03-12)
@@ -193,51 +193,51 @@
         <is>
           <t>136515</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>ОУО підтвердив дані</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Скорочена назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІІ ступенів №16</t>
+          <t>ЗЗСО І-ІІІ ступенів №16 Торецької міської ВЦА</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
@@ -277,51 +277,51 @@
         <is>
           <t>Донецька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>смт Новгородське, Торецьк, Донецька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Єсеніна, 2</t>
+          <t>вулиця Кобзаря, 2</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA14020110050044480</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Донецька обл., Бахмутський р-н, с-ще Нью-Йорк</t>
         </is>