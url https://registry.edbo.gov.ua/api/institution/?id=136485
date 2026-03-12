--- v0 (2025-10-30)
+++ v1 (2026-03-12)
@@ -193,51 +193,51 @@
         <is>
           <t>136485</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>ОУО підтвердив дані</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Скорочена назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІІ ступенів №10</t>
+          <t>ЗЗСО І-ІІІ ступенів №10 Торецької міської ВЦА</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
@@ -377,51 +377,51 @@
         <is>
           <t>poiskshckola@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>http://10scool.ucoz.org</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>В.о. директора Сосова Ольга Григорівна</t>
+          <t>В.о. директора Сосова Ольга Григоріївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>