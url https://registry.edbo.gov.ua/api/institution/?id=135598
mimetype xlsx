--- v0 (2025-10-22)
+++ v1 (2025-12-17)
@@ -389,51 +389,51 @@
         <is>
           <t>http://school10zovtivodi.e-schools.info</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Директор Затинацька Елеонора Валентинівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>