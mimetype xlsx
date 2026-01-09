--- v0 (2025-10-30)
+++ v1 (2026-01-09)
@@ -287,59 +287,67 @@
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>с. Серебрянка, Бахмутський район, Донецька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>вулиця Центральна, 2Б</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
-      <c r="B12" s="3"/>
+      <c r="B12" s="3" t="inlineStr">
+        <is>
+          <t>UA14020070070025691</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
-      <c r="B13" s="3"/>
+      <c r="B13" s="3" t="inlineStr">
+        <is>
+          <t>Донецька обл., Бахмутський р-н, с. Серебрянка</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Управління освіти Сіверської міської ради Бахмутського району Донецької області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>