--- v0 (2025-10-30)
+++ v1 (2026-01-09)
@@ -217,51 +217,51 @@
         <is>
           <t>Ліцей №2 м. Покровська</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>1413200000</t>
         </is>
@@ -353,51 +353,51 @@
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>(0623)525648</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>school9dnkras@ukr.net</t>
+          <t>LyceumPokrovsk2@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>https://pokrovsk9.e-schools.info</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Директор Рудик Валентина Василівна</t>
         </is>