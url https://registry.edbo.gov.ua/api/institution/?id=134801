--- v0 (2025-10-30)
+++ v1 (2026-01-09)
@@ -217,51 +217,51 @@
         <is>
           <t>Гімназія №3 м. Покровська</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>1413200000</t>
         </is>
@@ -277,51 +277,51 @@
         <is>
           <t>Донецька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Покровськ, Донецька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Поштова, 3</t>
+          <t>вулиця Шумука Данила, 3</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA14160210010099403</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Донецька обл., м. Покровськ</t>
         </is>