--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -217,51 +217,51 @@
         <is>
           <t>Гуляйпільська спеціалізована загальноосвітня школа І-ІІІ ступенів</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>2321810100</t>
         </is>
@@ -333,51 +333,51 @@
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Гуляйпільської міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(0614)541546</t>
+          <t>(050)5691634</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>szosch@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">