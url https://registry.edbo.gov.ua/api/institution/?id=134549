--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -157,51 +157,51 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Повна назва</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
-          <t>Курахівський заклад загальної середньої освіти I-ІII ступенів №1 Курахівської міської ради Донецької області</t>
+          <t>КУРАХІВСЬКИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ І-ІІІ СТУПЕНІВ №1 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Код в ЄДЕБО</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>134549</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>ОУО підтвердив дані</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>
@@ -277,51 +277,51 @@
         <is>
           <t>Донецька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Курахове, Мар'їнський район, Донецька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Пушкіна, 17</t>
+          <t>вулиця Кобзаря, 17</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA14160110010020758</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Донецька обл., Покровський р-н, м. Курахове</t>
         </is>
@@ -333,51 +333,51 @@
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Управління освіти Курахівської міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(06278)32208</t>
+          <t>(066)3123722</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>25688003@mail.gov.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">