--- v1 (2026-01-09)
+++ v2 (2026-03-12)
@@ -193,51 +193,51 @@
         <is>
           <t>134549</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>ОУО підтвердив дані</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Скорочена назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>Курахівський ЗЗСО І-ІІІ ст. № 1</t>
+          <t>КУРАХІВСЬКИЙ ЗЗСО І-ІІІ СТ. №1</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>