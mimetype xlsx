--- v0 (2025-10-30)
+++ v1 (2026-02-15)
@@ -157,195 +157,195 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Повна назва</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
-          <t>Бердянський навчально-виховний комплекс "Загальноосвітній навчальний заклад - дошкільний навчальний заклад" №1 "Мрія" Бердянської міської ради Запорізької області</t>
+          <t>Бердянська гімназія №21 "Мрія" Бердянської міської ради Запорізької області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Код в ЄДЕБО</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>134408</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>ОУО підтвердив дані</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Скорочена назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>Бердянський НВК № 1 "Мрія"</t>
+          <t>Бердянська гімназія №21 "Мрія"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>2310494001</t>
+          <t>2310137200</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Регіон</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>с. Нововасилівка, Бердянськ, Запорізька область</t>
+          <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 5</t>
+          <t>проспект Соборний, 164</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>UA23020050030030785</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
-          <t>Запорізька обл., Бердянський р-н, с. Нововасилівка</t>
+          <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Бердянської міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">