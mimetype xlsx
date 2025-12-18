--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -205,51 +205,51 @@
         <is>
           <t>так</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Скорочена назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>ОНЗ "Гірсівська ЗОШ І-ІІІ ступенів"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -377,51 +377,51 @@
         <is>
           <t>girsskola@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>http://girs.at.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Директор Дорол Наталія Петрівна</t>
+          <t>Директор - - -</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>