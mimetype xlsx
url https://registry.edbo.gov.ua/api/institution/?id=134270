--- v0 (2025-10-20)
+++ v1 (2026-02-15)
@@ -377,51 +377,51 @@
         <is>
           <t>sh3_dnr@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>https://talant.eddy.school</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t> Герасименко Людмила Іванівна</t>
+          <t>Директор Герасименко Людмила Іванівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>